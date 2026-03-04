--- v0 (2025-10-20)
+++ v1 (2026-03-04)
@@ -1,109 +1,158 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w:rsidR="00C3347B" w:rsidRDefault="00C3347B" w:rsidP="00C3347B">
       <w:pPr>
         <w:spacing w:before="75"/>
         <w:ind w:right="92"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ПЕРЕЧЕНЬ ПРАКТИЧЕСКИХ УМЕНИЙ И НАВЫКОВ К ЭКЗАМЕНУ </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00687DA0" w:rsidRDefault="00C3347B" w:rsidP="00C3347B">
       <w:pPr>
         <w:spacing w:before="75"/>
         <w:ind w:right="92"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>ПО ГИГИЕНЕ И ЭКОЛОГИИ ЧЕЛОВЕКА</w:t>
+        <w:t xml:space="preserve">ПО </w:t>
+      </w:r>
+      <w:r w:rsidR="00170734">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>дисциплине «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ГИГИЕН</w:t>
+      </w:r>
+      <w:r w:rsidR="00170734">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidR="00161006">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> И</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЭКОЛОГИ</w:t>
+      </w:r>
+      <w:r w:rsidR="00170734">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Я</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЧЕЛОВЕКА</w:t>
+      </w:r>
+      <w:r w:rsidR="00170734">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00687DA0" w:rsidRDefault="00C3347B" w:rsidP="00C3347B">
       <w:pPr>
         <w:spacing w:line="273" w:lineRule="exact"/>
         <w:ind w:right="-49"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">ДЛЯ СТУДЕНТОВ 5 КУРСА </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">ФАКУЛЬТЕТА </w:t>
+        <w:t xml:space="preserve">ДЛЯ СТУДЕНТОВ 5 КУРСА ФАКУЛЬТЕТА </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>«М</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t>ЕДИЦИНСКАЯ БИОХИМИЯ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00687DA0" w:rsidRDefault="00687DA0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="8"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="35"/>
         </w:rPr>
@@ -187,57 +236,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>определять</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">показатели и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">давать </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>гигиеническую оценку естественной и искусстве</w:t>
-[...5 lines deleted...]
-        <w:t>нной освещенности</w:t>
+        <w:t>гигиеническую оценку естественной и искусственной освещенности</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-22"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>помещений.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00687DA0" w:rsidRDefault="00C3347B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="422"/>
         </w:tabs>
@@ -300,150 +343,117 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>профилактики.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00687DA0" w:rsidRDefault="00C3347B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="441"/>
         </w:tabs>
         <w:spacing w:before="137" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="107" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Уметь рассчитат</w:t>
-[...19 lines deleted...]
-        <w:t>алансированном рационе.</w:t>
+        <w:t>Уметь рассчитать необходимое количество пищевых веществ в сбалансированном рационе.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00687DA0" w:rsidRDefault="00C3347B">
+    <w:p w:rsidR="00687DA0" w:rsidRDefault="00A36A92">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="484"/>
           <w:tab w:val="left" w:pos="7303"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="111" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Уметь   определять   пищевую   ценность </w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="31"/>
+        <w:t>Уметь определять</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3347B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пищевую ценность продуктов питания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-          <w:spacing w:val="54"/>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00C3347B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с помощью </w:t>
+      </w:r>
+      <w:r w:rsidR="00C3347B">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">таблиц </w:t>
+      </w:r>
+      <w:r w:rsidR="00C3347B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>химического</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3347B">
+        <w:rPr>
+          <w:spacing w:val="5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...32 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00C3347B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>состава.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00687DA0" w:rsidRDefault="00C3347B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="364"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="364" w:hanging="245"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -495,226 +505,253 @@
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="580"/>
           <w:tab w:val="left" w:pos="581"/>
           <w:tab w:val="left" w:pos="1343"/>
           <w:tab w:val="left" w:pos="3180"/>
           <w:tab w:val="left" w:pos="4177"/>
           <w:tab w:val="left" w:pos="5429"/>
           <w:tab w:val="left" w:pos="6274"/>
           <w:tab w:val="left" w:pos="7842"/>
           <w:tab w:val="left" w:pos="8250"/>
         </w:tabs>
         <w:spacing w:line="362" w:lineRule="auto"/>
         <w:ind w:right="114" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Дать</w:t>
       </w:r>
-      <w:r>
-[...17 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00A36A92">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>игиеническую</w:t>
+      </w:r>
+      <w:r w:rsidR="00A36A92">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ценку</w:t>
+      </w:r>
+      <w:r w:rsidR="00A36A92">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>условиям</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00A36A92">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>труда</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A36A92">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>работающих</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...4 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00A36A92">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>и</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00A36A92">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">разработать </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>профилактические мероприятия по их</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>оздоровлению.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00687DA0" w:rsidRDefault="00C3347B">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5811"/>
           <w:tab w:val="left" w:pos="6971"/>
           <w:tab w:val="left" w:pos="7302"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="103"/>
       </w:pPr>
       <w:r>
-        <w:t>12.  Определять  уровень  шума</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0045283C">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Определять уровень шума</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>в</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="51"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>производственных</w:t>
       </w:r>
-      <w:r>
-        <w:tab/>
+      <w:r w:rsidR="00A36A92">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>условиях</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00A36A92">
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve">помощью </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>шумомера</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> "Testo-815".</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00687DA0" w:rsidSect="00687DA0">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="1040" w:right="740" w:bottom="280" w:left="1580" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5763495A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BEFC839C"/>
     <w:lvl w:ilvl="0" w:tplc="676CEF54">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="119" w:hanging="259"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ru-RU"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="29680668">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -795,272 +832,511 @@
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ru-RU"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3C1E9834">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7691" w:hanging="259"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ru-RU"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:shapeLayoutLikeWW8/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00687DA0"/>
+    <w:rsid w:val="00161006"/>
+    <w:rsid w:val="00170734"/>
+    <w:rsid w:val="0045283C"/>
     <w:rsid w:val="00687DA0"/>
+    <w:rsid w:val="00A36A92"/>
     <w:rsid w:val="00C3347B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w15:docId w15:val="{0A6D64EB-7CAF-4577-93E6-CBA8E44187C7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00687DA0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00687DA0"/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
@@ -1085,51 +1361,51 @@
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00687DA0"/>
     <w:pPr>
       <w:ind w:left="119"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00687DA0"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -1377,63 +1653,63 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>181</Words>
-  <Characters>1035</Characters>
+  <Characters>1037</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1214</CharactersWithSpaces>
+  <CharactersWithSpaces>1216</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ПЕРЕЧЕНЬ ПРАКТИЧЕСКИХ УМЕНИЙ И НАВЫКОВ</dc:title>
   <dc:creator>Кафедра общей гигиены</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2020-05-13T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2016</vt:lpwstr>
   </property>