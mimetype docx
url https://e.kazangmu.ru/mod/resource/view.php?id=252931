--- v0 (2025-10-25)
+++ v1 (2026-03-09)
@@ -1,154 +1,131 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="1F5A37D3" w14:textId="2379454D" w:rsidR="00791156" w:rsidRPr="007160A2" w:rsidRDefault="00791156" w:rsidP="00791156">
+    <w:p w14:paraId="261062E6" w14:textId="77777777" w:rsidR="003A7295" w:rsidRPr="00F544BF" w:rsidRDefault="003A7295" w:rsidP="003A7295">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F544BF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Calendar-thematic plan of practical classes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DAECEB2" w14:textId="5FC3D025" w:rsidR="003A7295" w:rsidRPr="00F544BF" w:rsidRDefault="003A7295" w:rsidP="003A7295">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Biopharmacy</w:t>
+        <w:t>of</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A8728A">
+      <w:r w:rsidRPr="00F544BF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> the discipline "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>practical lessons</w:t>
+        <w:t>Biopharmacy" in the 202</w:t>
       </w:r>
-      <w:r w:rsidRPr="007160A2">
-[...50 lines deleted...]
-      <w:r w:rsidR="000977ED">
+      <w:r w:rsidR="004039DB" w:rsidRPr="004039DB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
+      <w:r w:rsidR="004039DB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F544BF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> academic year</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="12E9F1C5" w14:textId="77777777" w:rsidR="00137BAB" w:rsidRPr="00791156" w:rsidRDefault="00137BAB" w:rsidP="00DF3C39">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="12E9F1C5" w14:textId="1344E250" w:rsidR="00137BAB" w:rsidRPr="00791156" w:rsidRDefault="00137BAB" w:rsidP="003A7295">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10008" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="648"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="7560"/>
@@ -382,2110 +359,1956 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="719CF450" w14:textId="77777777" w:rsidR="000F3D1C" w:rsidRPr="001F7BE0" w:rsidRDefault="000F3D1C" w:rsidP="00D129EE">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000977ED" w:rsidRPr="001F7BE0" w14:paraId="408213F4" w14:textId="77777777" w:rsidTr="00D129EE">
+      <w:tr w:rsidR="00445C79" w:rsidRPr="001F7BE0" w14:paraId="408213F4" w14:textId="77777777" w:rsidTr="00D129EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4923FEEF" w14:textId="77777777" w:rsidR="000977ED" w:rsidRPr="001F7BE0" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="4923FEEF" w14:textId="77777777" w:rsidR="00445C79" w:rsidRPr="001F7BE0" w:rsidRDefault="00445C79" w:rsidP="00D129EE">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04F7E6B4" w14:textId="5AE0AE03" w:rsidR="000977ED" w:rsidRPr="00131B2F" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="04F7E6B4" w14:textId="43D53CD7" w:rsidR="00445C79" w:rsidRPr="00131B2F" w:rsidRDefault="004039DB" w:rsidP="00342BA5">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001F7BE0">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>09</w:t>
+            </w:r>
+            <w:r w:rsidR="00F35B4A" w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
+            <w:r w:rsidR="00131B2F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF632C" w:rsidRPr="001F7BE0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...23 lines deleted...]
-            <w:r w:rsidRPr="001F7BE0">
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF632C" w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00131B2F">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="355A2CA2" w14:textId="025E6F01" w:rsidR="000977ED" w:rsidRPr="00131B2F" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="355A2CA2" w14:textId="025E6F01" w:rsidR="00445C79" w:rsidRPr="00131B2F" w:rsidRDefault="00791156" w:rsidP="004A77D7">
             <w:pPr>
               <w:ind w:left="72" w:right="117"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="003A7295">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Topic 1.1.</w:t>
+            </w:r>
             <w:r w:rsidRPr="00791156">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Topic 1.1. </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve"> Biopharmacy. Introduction. Biopharmaceutical classification system (BCS). </w:t>
+            </w:r>
             <w:r w:rsidRPr="00791156">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...98 lines deleted...]
-              <w:t>.</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Interview. Solution of situational problems.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F6F00E4" w14:textId="468E8E8E" w:rsidR="000977ED" w:rsidRPr="001F7BE0" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="5F6F00E4" w14:textId="468E8E8E" w:rsidR="00445C79" w:rsidRPr="001F7BE0" w:rsidRDefault="00AF632C" w:rsidP="00D129EE">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000977ED" w:rsidRPr="001F7BE0" w14:paraId="59DF2C3A" w14:textId="77777777" w:rsidTr="00D129EE">
+      <w:tr w:rsidR="00445C79" w:rsidRPr="001F7BE0" w14:paraId="59DF2C3A" w14:textId="77777777" w:rsidTr="00D129EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="59444B69" w14:textId="77777777" w:rsidR="000977ED" w:rsidRPr="001F7BE0" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="59444B69" w14:textId="77777777" w:rsidR="00445C79" w:rsidRPr="001F7BE0" w:rsidRDefault="00445C79" w:rsidP="00D129EE">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C0DD7D5" w14:textId="76F7A170" w:rsidR="000977ED" w:rsidRPr="00131B2F" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="2C0DD7D5" w14:textId="1A5C8C10" w:rsidR="00445C79" w:rsidRPr="00131B2F" w:rsidRDefault="004039DB" w:rsidP="00342BA5">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidR="00F35B4A" w:rsidRPr="001F7BE0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00131B2F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:t>-22</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF632C" w:rsidRPr="001F7BE0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
-            <w:r>
-[...21 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00131B2F">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A1DD44E" w14:textId="3084B0EF" w:rsidR="000977ED" w:rsidRPr="00791156" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="2A1DD44E" w14:textId="3084B0EF" w:rsidR="00445C79" w:rsidRPr="00791156" w:rsidRDefault="00791156" w:rsidP="00F037D0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:ind w:left="72" w:right="117"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="003A7295">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Topic 1.2.</w:t>
+            </w:r>
             <w:r w:rsidRPr="00791156">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Topic 1.2. Pharmaceutical factors: chemical modification of drugs; physical and chemical state of medicinal substances; excipients, technological processes, type of dosage form, route of administration and method of application.</w:t>
+              <w:t xml:space="preserve"> Pharmaceutical factors: chemical modification of drugs; physical and chemical state of medicinal substances; excipients, technological processes, type of dosage form, route of administration and method of application.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55668A94" w14:textId="7F832C0C" w:rsidR="000977ED" w:rsidRPr="001F7BE0" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="55668A94" w14:textId="7F832C0C" w:rsidR="00445C79" w:rsidRPr="001F7BE0" w:rsidRDefault="00AF632C" w:rsidP="00D129EE">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000977ED" w:rsidRPr="001F7BE0" w14:paraId="7BD8735F" w14:textId="77777777" w:rsidTr="00D129EE">
+      <w:tr w:rsidR="00445C79" w:rsidRPr="001F7BE0" w14:paraId="7BD8735F" w14:textId="77777777" w:rsidTr="00D129EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61B08C74" w14:textId="77777777" w:rsidR="000977ED" w:rsidRPr="001F7BE0" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="61B08C74" w14:textId="77777777" w:rsidR="00445C79" w:rsidRPr="001F7BE0" w:rsidRDefault="00445C79" w:rsidP="00D129EE">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D0920BF" w14:textId="38DB9A82" w:rsidR="000977ED" w:rsidRPr="00131B2F" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="4D0920BF" w14:textId="01F27ABD" w:rsidR="00445C79" w:rsidRPr="00131B2F" w:rsidRDefault="004039DB" w:rsidP="00342BA5">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidR="005E3130" w:rsidRPr="001F7BE0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="004A77D7" w:rsidRPr="001F7BE0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00131B2F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:t>-01</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF632C" w:rsidRPr="001F7BE0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
-            <w:r>
-[...24 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="003A7295">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="723A1AB9" w14:textId="279E33EE" w:rsidR="000977ED" w:rsidRPr="00791156" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="723A1AB9" w14:textId="279E33EE" w:rsidR="00445C79" w:rsidRPr="00791156" w:rsidRDefault="00791156" w:rsidP="00F037D0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:ind w:left="72" w:right="117"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="003A7295">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Topic 1.3.</w:t>
+            </w:r>
             <w:r w:rsidRPr="00791156">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Topic 1.3. Bioavailability. Absolute and relative bioavailability. Methods for determining bioavailability: pharmacodynamic and pharmacokinetic. Interview. Solution of situational problems.</w:t>
+              <w:t xml:space="preserve"> Bioavailability. Absolute and relative bioavailability. Methods for determining bioavailability: pharmacodynamic and pharmacokinetic. Interview. Solution of situational problems.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A201528" w14:textId="45CF9095" w:rsidR="000977ED" w:rsidRPr="001F7BE0" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="3A201528" w14:textId="45CF9095" w:rsidR="00445C79" w:rsidRPr="001F7BE0" w:rsidRDefault="00AF632C" w:rsidP="00D129EE">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000977ED" w:rsidRPr="001F7BE0" w14:paraId="021BCDD9" w14:textId="77777777" w:rsidTr="00D129EE">
+      <w:tr w:rsidR="00445C79" w:rsidRPr="001F7BE0" w14:paraId="021BCDD9" w14:textId="77777777" w:rsidTr="00D129EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39CF0D88" w14:textId="77777777" w:rsidR="000977ED" w:rsidRPr="001F7BE0" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="39CF0D88" w14:textId="77777777" w:rsidR="00445C79" w:rsidRPr="001F7BE0" w:rsidRDefault="00445C79" w:rsidP="00D129EE">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5746E45C" w14:textId="6D08CEAA" w:rsidR="000977ED" w:rsidRPr="00131B2F" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="5746E45C" w14:textId="07EAD802" w:rsidR="00445C79" w:rsidRPr="00131B2F" w:rsidRDefault="004039DB" w:rsidP="00342BA5">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...44 lines deleted...]
-              <w:t>3</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>02.03- 08.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55B381FA" w14:textId="0EB69A17" w:rsidR="000977ED" w:rsidRPr="00791156" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="55B381FA" w14:textId="0EB69A17" w:rsidR="00445C79" w:rsidRPr="00791156" w:rsidRDefault="00791156" w:rsidP="00F037D0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:ind w:left="72" w:right="117"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="003A7295">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Topic 1.4.</w:t>
+            </w:r>
             <w:r w:rsidRPr="00791156">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Topic 1.4. Basic aspects of pharmacokinetics. </w:t>
+              <w:t xml:space="preserve"> Basic aspects of pharmacokinetics. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="00791156">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>harmacokinetic parameters.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="628E2484" w14:textId="1B8BBCBA" w:rsidR="000977ED" w:rsidRPr="001F7BE0" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="628E2484" w14:textId="1B8BBCBA" w:rsidR="00445C79" w:rsidRPr="001F7BE0" w:rsidRDefault="00AF632C" w:rsidP="00D129EE">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000977ED" w:rsidRPr="001F7BE0" w14:paraId="3A6FA13B" w14:textId="77777777" w:rsidTr="00D129EE">
+      <w:tr w:rsidR="00D17A53" w:rsidRPr="001F7BE0" w14:paraId="3A6FA13B" w14:textId="77777777" w:rsidTr="00D129EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7FB4B4E7" w14:textId="77777777" w:rsidR="000977ED" w:rsidRPr="001F7BE0" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="7FB4B4E7" w14:textId="77777777" w:rsidR="00D17A53" w:rsidRPr="001F7BE0" w:rsidRDefault="00D17A53" w:rsidP="00D129EE">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="528CEF2A" w14:textId="7B1BCDCE" w:rsidR="000977ED" w:rsidRPr="00131B2F" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="528CEF2A" w14:textId="37FA2404" w:rsidR="00D17A53" w:rsidRPr="00131B2F" w:rsidRDefault="004039DB" w:rsidP="00342BA5">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>10</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>09</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F7BE0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...15 lines deleted...]
-              <w:t>03</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03C008BC" w14:textId="5B41E4C1" w:rsidR="000977ED" w:rsidRPr="003C26DD" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="03C008BC" w14:textId="5B41E4C1" w:rsidR="00D17A53" w:rsidRPr="003C26DD" w:rsidRDefault="00791156" w:rsidP="00D129EE">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:ind w:left="72" w:right="117"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="003A7295">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Topic 1.5.</w:t>
+            </w:r>
             <w:r w:rsidRPr="00791156">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Topic 1.5. Equivalence of drugs. Methods for determining the equivalence of drugs. </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve"> Equivalence of drugs. Methods for determining the equivalence of drugs. </w:t>
+            </w:r>
             <w:r w:rsidRPr="00791156">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Biowaiver</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Biowaiver procedure</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="791BCC0A" w14:textId="4F29255E" w:rsidR="000977ED" w:rsidRPr="001F7BE0" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="791BCC0A" w14:textId="4F29255E" w:rsidR="00D17A53" w:rsidRPr="001F7BE0" w:rsidRDefault="00AF632C" w:rsidP="00D129EE">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000977ED" w:rsidRPr="001F7BE0" w14:paraId="11F80AC2" w14:textId="77777777" w:rsidTr="00D129EE">
+      <w:tr w:rsidR="00D66F33" w:rsidRPr="001F7BE0" w14:paraId="11F80AC2" w14:textId="77777777" w:rsidTr="00D129EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6789292D" w14:textId="77777777" w:rsidR="000977ED" w:rsidRPr="001F7BE0" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="6789292D" w14:textId="77777777" w:rsidR="00D66F33" w:rsidRPr="001F7BE0" w:rsidRDefault="00D66F33" w:rsidP="00D129EE">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13FD8DE6" w14:textId="1DE9791B" w:rsidR="000977ED" w:rsidRPr="00131B2F" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="13FD8DE6" w14:textId="5F0EDE09" w:rsidR="00D66F33" w:rsidRPr="00131B2F" w:rsidRDefault="004039DB" w:rsidP="00342BA5">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F7BE0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>7</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>.</w:t>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>03</w:t>
-[...13 lines deleted...]
-              <w:t>23</w:t>
+              <w:t>22</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01396F46" w14:textId="4A744034" w:rsidR="000977ED" w:rsidRPr="001F7BE0" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="01396F46" w14:textId="32511AF4" w:rsidR="00D66F33" w:rsidRPr="003A7295" w:rsidRDefault="00791156" w:rsidP="00F037D0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:ind w:left="72" w:right="117"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A8728A">
-[...7 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="003A7295">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Control work</w:t>
+            </w:r>
+            <w:r w:rsidR="003A7295">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003A7295">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>№1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A7295">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> on topics </w:t>
+            </w:r>
+            <w:r w:rsidR="003C26DD" w:rsidRPr="003A7295">
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>1.1. – 1.5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="136E852F" w14:textId="74404BC4" w:rsidR="000977ED" w:rsidRPr="001F7BE0" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="136E852F" w14:textId="74404BC4" w:rsidR="00D66F33" w:rsidRPr="001F7BE0" w:rsidRDefault="00AF632C" w:rsidP="00D129EE">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000977ED" w:rsidRPr="001F7BE0" w14:paraId="0F8DEE82" w14:textId="77777777" w:rsidTr="00D129EE">
+      <w:tr w:rsidR="00D66F33" w:rsidRPr="001F7BE0" w14:paraId="0F8DEE82" w14:textId="77777777" w:rsidTr="00D129EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73C179AC" w14:textId="77777777" w:rsidR="000977ED" w:rsidRPr="001F7BE0" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="73C179AC" w14:textId="77777777" w:rsidR="00D66F33" w:rsidRPr="001F7BE0" w:rsidRDefault="00D66F33" w:rsidP="00D129EE">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60659EBA" w14:textId="10318EEA" w:rsidR="000977ED" w:rsidRPr="00131B2F" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="60659EBA" w14:textId="3B6A9CA6" w:rsidR="00D66F33" w:rsidRPr="00131B2F" w:rsidRDefault="004039DB" w:rsidP="004039DB">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>24</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>23</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>03</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>30</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>29</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="358722B5" w14:textId="57B6E843" w:rsidR="000977ED" w:rsidRPr="00791156" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="358722B5" w14:textId="57B6E843" w:rsidR="00D66F33" w:rsidRPr="00791156" w:rsidRDefault="00791156" w:rsidP="00F037D0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:ind w:left="72" w:right="117"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="003A7295">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Topic 2.1.</w:t>
+            </w:r>
             <w:r w:rsidRPr="00791156">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Topic 2.1. Modern ideas about excipients in the technology of dosage forms from the point of view of </w:t>
-[...15 lines deleted...]
-              <w:t>. The role of excipients in the creation of dosage forms with the required bioavailability.</w:t>
+              <w:t xml:space="preserve"> Modern ideas about excipients in the technology of dosage forms from the point of view of biopharmacy. The role of excipients in the creation of dosage forms with the required bioavailability.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C4B4B21" w14:textId="7B0732EA" w:rsidR="000977ED" w:rsidRPr="001F7BE0" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="1C4B4B21" w14:textId="7B0732EA" w:rsidR="00D66F33" w:rsidRPr="001F7BE0" w:rsidRDefault="00995BCA" w:rsidP="00D129EE">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000977ED" w:rsidRPr="001F7BE0" w14:paraId="5CE8E0A2" w14:textId="77777777" w:rsidTr="00D129EE">
+      <w:tr w:rsidR="00D66F33" w:rsidRPr="001F7BE0" w14:paraId="5CE8E0A2" w14:textId="77777777" w:rsidTr="00D129EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5303A992" w14:textId="77777777" w:rsidR="000977ED" w:rsidRPr="001F7BE0" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="5303A992" w14:textId="77777777" w:rsidR="00D66F33" w:rsidRPr="001F7BE0" w:rsidRDefault="00D66F33" w:rsidP="00D129EE">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E8D36A8" w14:textId="55102D86" w:rsidR="000977ED" w:rsidRPr="00131B2F" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="4E8D36A8" w14:textId="43CCA96B" w:rsidR="00D66F33" w:rsidRPr="00131B2F" w:rsidRDefault="004039DB" w:rsidP="00342BA5">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>31</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>03</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>06</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>05</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1A76A519" w14:textId="3D404CCA" w:rsidR="000977ED" w:rsidRPr="00791156" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="1A76A519" w14:textId="3D404CCA" w:rsidR="00D66F33" w:rsidRPr="00791156" w:rsidRDefault="00791156" w:rsidP="00F35B4A">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:ind w:left="72" w:right="117"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="003A7295">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Topic 2.2.</w:t>
+            </w:r>
             <w:r w:rsidRPr="00791156">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Topic 2.2. Factors of the technological impact of the main processes and devices on the bioavailability of drugs.</w:t>
+              <w:t xml:space="preserve"> Factors of the technological impact of the main processes and devices on the bioavailability of drugs.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="54A8704B" w14:textId="43F00D3B" w:rsidR="000977ED" w:rsidRPr="001F7BE0" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="54A8704B" w14:textId="43F00D3B" w:rsidR="00D66F33" w:rsidRPr="001F7BE0" w:rsidRDefault="00995BCA" w:rsidP="00D129EE">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000977ED" w:rsidRPr="001F7BE0" w14:paraId="06CB3F20" w14:textId="77777777" w:rsidTr="00D129EE">
+      <w:tr w:rsidR="00D66F33" w:rsidRPr="001F7BE0" w14:paraId="06CB3F20" w14:textId="77777777" w:rsidTr="00D129EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CFE9C90" w14:textId="77777777" w:rsidR="000977ED" w:rsidRPr="001F7BE0" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="6CFE9C90" w14:textId="77777777" w:rsidR="00D66F33" w:rsidRPr="001F7BE0" w:rsidRDefault="00D66F33" w:rsidP="00D129EE">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7EC927DC" w14:textId="27F883BF" w:rsidR="000977ED" w:rsidRPr="00131B2F" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="7EC927DC" w14:textId="5D2208C0" w:rsidR="00D66F33" w:rsidRPr="00131B2F" w:rsidRDefault="004039DB" w:rsidP="004039DB">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>07</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>06</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>04</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>13</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>12</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="060B2454" w14:textId="563A0ADD" w:rsidR="000977ED" w:rsidRPr="00791156" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="060B2454" w14:textId="563A0ADD" w:rsidR="00D66F33" w:rsidRPr="00791156" w:rsidRDefault="00791156" w:rsidP="00F037D0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:ind w:left="72" w:right="117"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="003A7295">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Topic 2.3.</w:t>
+            </w:r>
             <w:r w:rsidRPr="00791156">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Topic 2.3. Medicines with improved biopharmaceutical properties. Solid dosage forms.</w:t>
+              <w:t xml:space="preserve"> Medicines with improved biopharmaceutical properties. Solid dosage forms.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="747D524D" w14:textId="1ECDFE17" w:rsidR="000977ED" w:rsidRPr="001F7BE0" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="747D524D" w14:textId="1ECDFE17" w:rsidR="00D66F33" w:rsidRPr="001F7BE0" w:rsidRDefault="00995BCA" w:rsidP="00D129EE">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000977ED" w:rsidRPr="001F7BE0" w14:paraId="32050C91" w14:textId="77777777" w:rsidTr="00D129EE">
+      <w:tr w:rsidR="00D66F33" w:rsidRPr="001F7BE0" w14:paraId="32050C91" w14:textId="77777777" w:rsidTr="00D129EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E415883" w14:textId="77777777" w:rsidR="000977ED" w:rsidRPr="001F7BE0" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="3E415883" w14:textId="77777777" w:rsidR="00D66F33" w:rsidRPr="001F7BE0" w:rsidRDefault="00D66F33" w:rsidP="00D129EE">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6BED61AB" w14:textId="38CA148E" w:rsidR="000977ED" w:rsidRPr="00131B2F" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="6BED61AB" w14:textId="7EB1253D" w:rsidR="00D66F33" w:rsidRPr="00131B2F" w:rsidRDefault="004039DB" w:rsidP="00342BA5">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F7BE0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>4</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>04</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>.</w:t>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>04</w:t>
-[...13 lines deleted...]
-              <w:t>20</w:t>
+              <w:t>19</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0CC8D349" w14:textId="2558AEE3" w:rsidR="000977ED" w:rsidRPr="00791156" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="0CC8D349" w14:textId="2558AEE3" w:rsidR="00D66F33" w:rsidRPr="00791156" w:rsidRDefault="00791156" w:rsidP="00F037D0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:ind w:left="72" w:right="117"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="003A7295">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Topic 2.4.</w:t>
+            </w:r>
             <w:r w:rsidRPr="00791156">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Topic 2.4. Medicines with improved biopharmaceutical properties. Soft dosage forms and liquid dosage forms.</w:t>
+              <w:t xml:space="preserve"> Medicines with improved biopharmaceutical properties. Soft dosage forms and liquid dosage forms.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F5E5C3B" w14:textId="337510C8" w:rsidR="000977ED" w:rsidRPr="001F7BE0" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="0F5E5C3B" w14:textId="337510C8" w:rsidR="00D66F33" w:rsidRPr="001F7BE0" w:rsidRDefault="00995BCA" w:rsidP="00D129EE">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000977ED" w:rsidRPr="001F7BE0" w14:paraId="08172EAD" w14:textId="77777777" w:rsidTr="00D129EE">
+      <w:tr w:rsidR="00D66F33" w:rsidRPr="001F7BE0" w14:paraId="08172EAD" w14:textId="77777777" w:rsidTr="00D129EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06BFD4F2" w14:textId="77777777" w:rsidR="000977ED" w:rsidRPr="001F7BE0" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="06BFD4F2" w14:textId="77777777" w:rsidR="00D66F33" w:rsidRPr="001F7BE0" w:rsidRDefault="00D66F33" w:rsidP="00D129EE">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0858F938" w14:textId="37EB79E5" w:rsidR="000977ED" w:rsidRPr="00131B2F" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="0858F938" w14:textId="2E667070" w:rsidR="00D66F33" w:rsidRPr="00131B2F" w:rsidRDefault="004039DB" w:rsidP="00342BA5">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>21</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>04</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...6 lines deleted...]
-              <w:t>7</w:t>
+              <w:t>26</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="585DA0C0" w14:textId="2D183EF4" w:rsidR="000977ED" w:rsidRPr="00DB1812" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="585DA0C0" w14:textId="2D183EF4" w:rsidR="00D66F33" w:rsidRPr="00DB1812" w:rsidRDefault="00791156" w:rsidP="00F037D0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:ind w:left="72" w:right="117"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003A7295">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Topic 2.5.</w:t>
+            </w:r>
             <w:r w:rsidRPr="00791156">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Topic</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
             <w:r w:rsidRPr="00791156">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 2.5. </w:t>
-[...60 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>ransdermal therapeutic systems.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1AECC390" w14:textId="18FD07CD" w:rsidR="000977ED" w:rsidRPr="001F7BE0" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="1AECC390" w14:textId="18FD07CD" w:rsidR="00D66F33" w:rsidRPr="001F7BE0" w:rsidRDefault="00995BCA" w:rsidP="00D129EE">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D66F33" w:rsidRPr="001F7BE0" w14:paraId="6FA47FF0" w14:textId="77777777" w:rsidTr="00D129EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -2509,987 +2332,998 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r w:rsidR="003C26DD">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>, 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7EBC8C4B" w14:textId="31D19411" w:rsidR="00D66F33" w:rsidRPr="00131B2F" w:rsidRDefault="000977ED" w:rsidP="00342BA5">
+          <w:p w14:paraId="7EBC8C4B" w14:textId="539394EA" w:rsidR="00D66F33" w:rsidRPr="00131B2F" w:rsidRDefault="004039DB" w:rsidP="004039DB">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>27</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F7BE0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>8</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>04</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>03</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F7BE0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>04</w:t>
+              <w:t>05</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 04</w:t>
+            </w:r>
+            <w:r w:rsidR="00D66F33" w:rsidRPr="001F7BE0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>05</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+              <w:t>-10</w:t>
+            </w:r>
+            <w:r w:rsidR="00995BCA" w:rsidRPr="001F7BE0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...48 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">05, </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="225F109C" w14:textId="26513344" w:rsidR="00D66F33" w:rsidRPr="003C26DD" w:rsidRDefault="00791156" w:rsidP="00941BDB">
+          <w:p w14:paraId="1B42103E" w14:textId="77777777" w:rsidR="004039DB" w:rsidRDefault="00791156" w:rsidP="00941BDB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:ind w:left="72" w:right="117"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="003A7295">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Topic 2.6.</w:t>
+            </w:r>
             <w:r w:rsidRPr="00791156">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Topic 2.6. Biopharmaceutical evaluation of the quality of various dosage forms. The study of the release and absorption of medicinal substances. </w:t>
-[...15 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:t xml:space="preserve"> Biopharmaceutical evaluation of the quality of various dosage forms. The study of the release and absorption of medicinal substances. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="225F109C" w14:textId="13D67F2C" w:rsidR="00D66F33" w:rsidRPr="00457A48" w:rsidRDefault="004039DB" w:rsidP="004039DB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:right="117"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00457A48">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...69 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidR="00791156" w:rsidRPr="00457A48">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dissolution test for drug analysis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="340CF1C9" w14:textId="0D847D85" w:rsidR="00D66F33" w:rsidRPr="003C26DD" w:rsidRDefault="003C26DD" w:rsidP="00D129EE">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000977ED" w:rsidRPr="001F7BE0" w14:paraId="0E3F1C46" w14:textId="77777777" w:rsidTr="00D129EE">
+      <w:tr w:rsidR="00D66F33" w:rsidRPr="001F7BE0" w14:paraId="0E3F1C46" w14:textId="77777777" w:rsidTr="00D129EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14CD04D0" w14:textId="2ED879AB" w:rsidR="000977ED" w:rsidRPr="001F7BE0" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="14CD04D0" w14:textId="2ED879AB" w:rsidR="00D66F33" w:rsidRPr="001F7BE0" w:rsidRDefault="00D66F33" w:rsidP="00D129EE">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="003C26DD">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="183E6553" w14:textId="3EA57249" w:rsidR="000977ED" w:rsidRPr="00131B2F" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="183E6553" w14:textId="1221B4E8" w:rsidR="00D66F33" w:rsidRPr="00131B2F" w:rsidRDefault="004039DB" w:rsidP="00342BA5">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>12</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>05</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>18</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>17</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2CC1D8C0" w14:textId="56B6C39C" w:rsidR="000977ED" w:rsidRPr="00DB1812" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="2CC1D8C0" w14:textId="65A0F761" w:rsidR="00D66F33" w:rsidRPr="003A7295" w:rsidRDefault="00791156" w:rsidP="00F037D0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:ind w:left="72" w:right="117"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A8728A">
-[...7 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="003A7295">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Control work </w:t>
+            </w:r>
+            <w:r w:rsidR="003A7295">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A7295">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">on topics </w:t>
+            </w:r>
+            <w:r w:rsidR="003C26DD" w:rsidRPr="003A7295">
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>2.1. – 2.6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23A50F0D" w14:textId="0699EFBC" w:rsidR="000977ED" w:rsidRPr="001F7BE0" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="23A50F0D" w14:textId="0699EFBC" w:rsidR="00D66F33" w:rsidRPr="001F7BE0" w:rsidRDefault="00995BCA" w:rsidP="00D129EE">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000977ED" w:rsidRPr="001F7BE0" w14:paraId="10527463" w14:textId="77777777" w:rsidTr="00D129EE">
+      <w:tr w:rsidR="00FD6FF8" w:rsidRPr="001F7BE0" w14:paraId="10527463" w14:textId="77777777" w:rsidTr="00D129EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="262C65E6" w14:textId="20EAE45A" w:rsidR="000977ED" w:rsidRPr="001F7BE0" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="262C65E6" w14:textId="20EAE45A" w:rsidR="00FD6FF8" w:rsidRPr="001F7BE0" w:rsidRDefault="00FD6FF8" w:rsidP="00D129EE">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="003C26DD">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="104DF270" w14:textId="5F806B6F" w:rsidR="000977ED" w:rsidRPr="00131B2F" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="104DF270" w14:textId="3B8FE8BB" w:rsidR="00FD6FF8" w:rsidRPr="00131B2F" w:rsidRDefault="004039DB" w:rsidP="00342BA5">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F7BE0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>9</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>05</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>.</w:t>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>05</w:t>
-[...21 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>24</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="195A69EA" w14:textId="3952DE97" w:rsidR="000977ED" w:rsidRPr="00791156" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="195A69EA" w14:textId="3952DE97" w:rsidR="00FD6FF8" w:rsidRPr="00791156" w:rsidRDefault="00791156" w:rsidP="00F037D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9162"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Final lesson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C9DE477" w14:textId="2C0A61AC" w:rsidR="000977ED" w:rsidRPr="001F7BE0" w:rsidRDefault="000977ED" w:rsidP="000977ED">
+          <w:p w14:paraId="3C9DE477" w14:textId="2C0A61AC" w:rsidR="00FD6FF8" w:rsidRPr="001F7BE0" w:rsidRDefault="0071547B" w:rsidP="00D129EE">
             <w:pPr>
               <w:spacing w:line="247" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7BE0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A7295" w:rsidRPr="001F7BE0" w14:paraId="765B8114" w14:textId="77777777" w:rsidTr="00D129EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="745F8899" w14:textId="77777777" w:rsidR="003A7295" w:rsidRPr="001F7BE0" w:rsidRDefault="003A7295" w:rsidP="00D129EE">
+            <w:pPr>
+              <w:spacing w:line="247" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10085A82" w14:textId="77777777" w:rsidR="003A7295" w:rsidRDefault="003A7295" w:rsidP="00342BA5">
+            <w:pPr>
+              <w:spacing w:line="247" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B84E9B2" w14:textId="4A8736F2" w:rsidR="003A7295" w:rsidRPr="003A7295" w:rsidRDefault="003A7295" w:rsidP="00F037D0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="9162"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A7295">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25061B8C" w14:textId="652EC59D" w:rsidR="003A7295" w:rsidRPr="003A7295" w:rsidRDefault="003A7295" w:rsidP="00D129EE">
+            <w:pPr>
+              <w:spacing w:line="247" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A7295">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0F0F7271" w14:textId="77777777" w:rsidR="00CC1578" w:rsidRPr="001F7BE0" w:rsidRDefault="00D17A53" w:rsidP="00D17A53">
+    <w:p w14:paraId="0F0F7271" w14:textId="03DEEBD7" w:rsidR="00760EE4" w:rsidRDefault="00D17A53" w:rsidP="00D17A53">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7BE0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00CC1578" w:rsidRPr="001F7BE0" w:rsidSect="005809A3">
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId9"/>
+    <w:p w14:paraId="25F9890B" w14:textId="77777777" w:rsidR="00760EE4" w:rsidRPr="00760EE4" w:rsidRDefault="00760EE4" w:rsidP="00760EE4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5446467D" w14:textId="77777777" w:rsidR="00760EE4" w:rsidRPr="00760EE4" w:rsidRDefault="00760EE4" w:rsidP="00760EE4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D1279B6" w14:textId="77777777" w:rsidR="00760EE4" w:rsidRPr="00760EE4" w:rsidRDefault="00760EE4" w:rsidP="00760EE4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FFD55A7" w14:textId="32B39E19" w:rsidR="00760EE4" w:rsidRDefault="00760EE4" w:rsidP="00760EE4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CF68236" w14:textId="57EE28AF" w:rsidR="00760EE4" w:rsidRPr="00760EE4" w:rsidRDefault="00760EE4" w:rsidP="00760EE4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="0FE6CC9A" w14:textId="77777777" w:rsidR="00760EE4" w:rsidRPr="00760EE4" w:rsidRDefault="00760EE4" w:rsidP="00760EE4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A0A56CC" w14:textId="2443FAE0" w:rsidR="00760EE4" w:rsidRDefault="00760EE4" w:rsidP="00760EE4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EFC2F6D" w14:textId="0BB45074" w:rsidR="00760EE4" w:rsidRDefault="00760EE4" w:rsidP="00760EE4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F7F1C2D" w14:textId="2A6B56E2" w:rsidR="00CC1578" w:rsidRPr="00760EE4" w:rsidRDefault="00760EE4" w:rsidP="00760EE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4677"/>
+        </w:tabs>
+        <w:ind w:left="-142" w:hanging="284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Зав. УМК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B50D5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, доц.                 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B50D5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Тухбатуллина И.К.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00CC1578" w:rsidRPr="00760EE4" w:rsidSect="005809A3">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1418" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7D0BFCCE" w14:textId="77777777" w:rsidR="006F41EE" w:rsidRDefault="006F41EE">
+    <w:p w14:paraId="548B827F" w14:textId="77777777" w:rsidR="00FC4531" w:rsidRDefault="00FC4531">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0781DC7C" w14:textId="77777777" w:rsidR="006F41EE" w:rsidRDefault="006F41EE">
+    <w:p w14:paraId="0FDE156D" w14:textId="77777777" w:rsidR="00FC4531" w:rsidRDefault="00FC4531">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...115 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05E5862F" w14:textId="77777777" w:rsidR="006F41EE" w:rsidRDefault="006F41EE">
+    <w:p w14:paraId="353D401B" w14:textId="77777777" w:rsidR="00FC4531" w:rsidRDefault="00FC4531">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D729CBB" w14:textId="77777777" w:rsidR="006F41EE" w:rsidRDefault="006F41EE">
+    <w:p w14:paraId="33C70F35" w14:textId="77777777" w:rsidR="00FC4531" w:rsidRDefault="00FC4531">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...31 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="004E6088"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1C204FBE"/>
     <w:lvl w:ilvl="0" w:tplc="29A88B92">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="823"/>
         </w:tabs>
         <w:ind w:left="539" w:firstLine="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7978,51 +7812,50 @@
   <w:num w:numId="28">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="31">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="32">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="33">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="284"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00387D6B"/>
     <w:rsid w:val="00000A5D"/>
     <w:rsid w:val="00000A64"/>
@@ -8040,51 +7873,50 @@
     <w:rsid w:val="00033D6C"/>
     <w:rsid w:val="00036ABD"/>
     <w:rsid w:val="00043517"/>
     <w:rsid w:val="00043F89"/>
     <w:rsid w:val="0004504F"/>
     <w:rsid w:val="00045AA4"/>
     <w:rsid w:val="0004677B"/>
     <w:rsid w:val="00046BFD"/>
     <w:rsid w:val="00050331"/>
     <w:rsid w:val="00051021"/>
     <w:rsid w:val="00051234"/>
     <w:rsid w:val="0005343F"/>
     <w:rsid w:val="00053CED"/>
     <w:rsid w:val="0005506B"/>
     <w:rsid w:val="000558A5"/>
     <w:rsid w:val="0006188D"/>
     <w:rsid w:val="000651AC"/>
     <w:rsid w:val="00065CC4"/>
     <w:rsid w:val="000675B0"/>
     <w:rsid w:val="00072A39"/>
     <w:rsid w:val="00082275"/>
     <w:rsid w:val="00082F5D"/>
     <w:rsid w:val="00086024"/>
     <w:rsid w:val="00090545"/>
     <w:rsid w:val="00096EF9"/>
-    <w:rsid w:val="000977ED"/>
     <w:rsid w:val="000A0727"/>
     <w:rsid w:val="000A36E0"/>
     <w:rsid w:val="000A7F07"/>
     <w:rsid w:val="000B66F5"/>
     <w:rsid w:val="000C274D"/>
     <w:rsid w:val="000C41FB"/>
     <w:rsid w:val="000C68F4"/>
     <w:rsid w:val="000C72FF"/>
     <w:rsid w:val="000D6D5B"/>
     <w:rsid w:val="000D7C14"/>
     <w:rsid w:val="000E0120"/>
     <w:rsid w:val="000E1579"/>
     <w:rsid w:val="000F3D1C"/>
     <w:rsid w:val="000F40EB"/>
     <w:rsid w:val="000F456F"/>
     <w:rsid w:val="00103A6D"/>
     <w:rsid w:val="00104AEE"/>
     <w:rsid w:val="00107082"/>
     <w:rsid w:val="00115BA2"/>
     <w:rsid w:val="001201AD"/>
     <w:rsid w:val="00124D4E"/>
     <w:rsid w:val="0012519E"/>
     <w:rsid w:val="00131B2F"/>
     <w:rsid w:val="0013592E"/>
     <w:rsid w:val="0013674F"/>
@@ -8218,96 +8050,99 @@
     <w:rsid w:val="00336C6C"/>
     <w:rsid w:val="00337479"/>
     <w:rsid w:val="0034042E"/>
     <w:rsid w:val="00340F41"/>
     <w:rsid w:val="00342BA5"/>
     <w:rsid w:val="00342F45"/>
     <w:rsid w:val="0035043F"/>
     <w:rsid w:val="0035539D"/>
     <w:rsid w:val="00361AFD"/>
     <w:rsid w:val="00363A60"/>
     <w:rsid w:val="003712F3"/>
     <w:rsid w:val="00373789"/>
     <w:rsid w:val="00373F75"/>
     <w:rsid w:val="00382322"/>
     <w:rsid w:val="003837E1"/>
     <w:rsid w:val="00387D6B"/>
     <w:rsid w:val="0039044B"/>
     <w:rsid w:val="0039228E"/>
     <w:rsid w:val="00392C43"/>
     <w:rsid w:val="003932C7"/>
     <w:rsid w:val="00394D18"/>
     <w:rsid w:val="003959E3"/>
     <w:rsid w:val="0039634B"/>
     <w:rsid w:val="003970BF"/>
     <w:rsid w:val="003A6E0F"/>
+    <w:rsid w:val="003A7295"/>
     <w:rsid w:val="003B6DE3"/>
     <w:rsid w:val="003B7C94"/>
     <w:rsid w:val="003C0E0F"/>
     <w:rsid w:val="003C12B3"/>
     <w:rsid w:val="003C26DD"/>
     <w:rsid w:val="003C45D5"/>
     <w:rsid w:val="003C47CD"/>
     <w:rsid w:val="003C72CE"/>
     <w:rsid w:val="003D0D0E"/>
     <w:rsid w:val="003D1BB9"/>
     <w:rsid w:val="003D2354"/>
     <w:rsid w:val="003E0080"/>
     <w:rsid w:val="003E1013"/>
     <w:rsid w:val="003E366E"/>
     <w:rsid w:val="003E5909"/>
     <w:rsid w:val="003E5B6D"/>
     <w:rsid w:val="003E5DE2"/>
     <w:rsid w:val="003E71B3"/>
     <w:rsid w:val="003F3090"/>
     <w:rsid w:val="003F48CF"/>
     <w:rsid w:val="003F4B54"/>
     <w:rsid w:val="003F5362"/>
     <w:rsid w:val="003F7CBD"/>
     <w:rsid w:val="004012D7"/>
     <w:rsid w:val="00401941"/>
+    <w:rsid w:val="004039DB"/>
     <w:rsid w:val="004041F1"/>
     <w:rsid w:val="00407D0E"/>
     <w:rsid w:val="004104E3"/>
     <w:rsid w:val="004106D2"/>
     <w:rsid w:val="00410D2E"/>
     <w:rsid w:val="00411D29"/>
     <w:rsid w:val="004158CA"/>
     <w:rsid w:val="00416E30"/>
     <w:rsid w:val="00421B70"/>
     <w:rsid w:val="00424D6D"/>
     <w:rsid w:val="00426A85"/>
     <w:rsid w:val="00426ABB"/>
     <w:rsid w:val="00427B7C"/>
     <w:rsid w:val="00444583"/>
     <w:rsid w:val="00445126"/>
     <w:rsid w:val="00445450"/>
     <w:rsid w:val="00445C79"/>
     <w:rsid w:val="00447CD3"/>
     <w:rsid w:val="00450B6A"/>
     <w:rsid w:val="00456597"/>
     <w:rsid w:val="004573E8"/>
+    <w:rsid w:val="00457A48"/>
     <w:rsid w:val="00466D54"/>
     <w:rsid w:val="00472073"/>
     <w:rsid w:val="004721F9"/>
     <w:rsid w:val="00474850"/>
     <w:rsid w:val="00484BAC"/>
     <w:rsid w:val="0048621F"/>
     <w:rsid w:val="004865D3"/>
     <w:rsid w:val="00490FEE"/>
     <w:rsid w:val="00491384"/>
     <w:rsid w:val="004914FD"/>
     <w:rsid w:val="00494C52"/>
     <w:rsid w:val="004953E4"/>
     <w:rsid w:val="0049606D"/>
     <w:rsid w:val="0049793F"/>
     <w:rsid w:val="004A0033"/>
     <w:rsid w:val="004A0B47"/>
     <w:rsid w:val="004A3C39"/>
     <w:rsid w:val="004A77D7"/>
     <w:rsid w:val="004B208F"/>
     <w:rsid w:val="004B23B7"/>
     <w:rsid w:val="004B50D5"/>
     <w:rsid w:val="004B5A38"/>
     <w:rsid w:val="004B695C"/>
     <w:rsid w:val="004B737C"/>
     <w:rsid w:val="004C6FBE"/>
@@ -8431,78 +8266,78 @@
     <w:rsid w:val="0068326C"/>
     <w:rsid w:val="00683321"/>
     <w:rsid w:val="00685D33"/>
     <w:rsid w:val="006861E1"/>
     <w:rsid w:val="00687CFF"/>
     <w:rsid w:val="006905CF"/>
     <w:rsid w:val="006909D9"/>
     <w:rsid w:val="00693556"/>
     <w:rsid w:val="00696EEA"/>
     <w:rsid w:val="006A1E01"/>
     <w:rsid w:val="006A3D42"/>
     <w:rsid w:val="006A6720"/>
     <w:rsid w:val="006B1618"/>
     <w:rsid w:val="006B303A"/>
     <w:rsid w:val="006B658B"/>
     <w:rsid w:val="006B680C"/>
     <w:rsid w:val="006C159F"/>
     <w:rsid w:val="006D03D4"/>
     <w:rsid w:val="006D3A7A"/>
     <w:rsid w:val="006E01D4"/>
     <w:rsid w:val="006E2019"/>
     <w:rsid w:val="006E25AB"/>
     <w:rsid w:val="006E25BC"/>
     <w:rsid w:val="006F2346"/>
     <w:rsid w:val="006F24CF"/>
-    <w:rsid w:val="006F41EE"/>
     <w:rsid w:val="006F4F4E"/>
     <w:rsid w:val="006F62AF"/>
     <w:rsid w:val="007017C6"/>
     <w:rsid w:val="00703135"/>
     <w:rsid w:val="007041E6"/>
     <w:rsid w:val="00707222"/>
     <w:rsid w:val="007118FB"/>
     <w:rsid w:val="0071309B"/>
     <w:rsid w:val="0071547B"/>
     <w:rsid w:val="0071745D"/>
     <w:rsid w:val="0072765F"/>
     <w:rsid w:val="0073361E"/>
     <w:rsid w:val="00733651"/>
     <w:rsid w:val="00734DBA"/>
     <w:rsid w:val="00736EE6"/>
     <w:rsid w:val="00737C56"/>
     <w:rsid w:val="00740FB3"/>
     <w:rsid w:val="00741AAB"/>
     <w:rsid w:val="00741D10"/>
     <w:rsid w:val="00741FE7"/>
     <w:rsid w:val="0074500F"/>
     <w:rsid w:val="00746370"/>
     <w:rsid w:val="0074657F"/>
     <w:rsid w:val="00750277"/>
     <w:rsid w:val="00752393"/>
     <w:rsid w:val="00754270"/>
     <w:rsid w:val="007557BC"/>
+    <w:rsid w:val="00760EE4"/>
     <w:rsid w:val="007610D3"/>
     <w:rsid w:val="00763A34"/>
     <w:rsid w:val="00765C0A"/>
     <w:rsid w:val="00772B0F"/>
     <w:rsid w:val="007746AA"/>
     <w:rsid w:val="00775BC0"/>
     <w:rsid w:val="00776872"/>
     <w:rsid w:val="0078369D"/>
     <w:rsid w:val="007848F1"/>
     <w:rsid w:val="00786203"/>
     <w:rsid w:val="007903FE"/>
     <w:rsid w:val="00791156"/>
     <w:rsid w:val="0079201B"/>
     <w:rsid w:val="00793028"/>
     <w:rsid w:val="007943C5"/>
     <w:rsid w:val="007947FF"/>
     <w:rsid w:val="007A16A4"/>
     <w:rsid w:val="007A55E7"/>
     <w:rsid w:val="007A5A43"/>
     <w:rsid w:val="007B1970"/>
     <w:rsid w:val="007B70FC"/>
     <w:rsid w:val="007C1957"/>
     <w:rsid w:val="007C4ED8"/>
     <w:rsid w:val="007C5168"/>
     <w:rsid w:val="007C6713"/>
@@ -8672,50 +8507,51 @@
     <w:rsid w:val="00A86EBD"/>
     <w:rsid w:val="00A8763A"/>
     <w:rsid w:val="00A972C2"/>
     <w:rsid w:val="00AA06E6"/>
     <w:rsid w:val="00AA08B0"/>
     <w:rsid w:val="00AA0CDE"/>
     <w:rsid w:val="00AA0EE8"/>
     <w:rsid w:val="00AA127F"/>
     <w:rsid w:val="00AA18F6"/>
     <w:rsid w:val="00AA1A2A"/>
     <w:rsid w:val="00AA26EB"/>
     <w:rsid w:val="00AA2A75"/>
     <w:rsid w:val="00AA455A"/>
     <w:rsid w:val="00AA79DA"/>
     <w:rsid w:val="00AB0A00"/>
     <w:rsid w:val="00AB1906"/>
     <w:rsid w:val="00AB56E0"/>
     <w:rsid w:val="00AC09C2"/>
     <w:rsid w:val="00AC105B"/>
     <w:rsid w:val="00AC4C9D"/>
     <w:rsid w:val="00AC52D5"/>
     <w:rsid w:val="00AD25F4"/>
     <w:rsid w:val="00AD4F21"/>
     <w:rsid w:val="00AD57C6"/>
     <w:rsid w:val="00AE26A1"/>
+    <w:rsid w:val="00AE6590"/>
     <w:rsid w:val="00AF1A31"/>
     <w:rsid w:val="00AF2995"/>
     <w:rsid w:val="00AF3C18"/>
     <w:rsid w:val="00AF5FBA"/>
     <w:rsid w:val="00AF632C"/>
     <w:rsid w:val="00AF770E"/>
     <w:rsid w:val="00AF7ECD"/>
     <w:rsid w:val="00B00038"/>
     <w:rsid w:val="00B00640"/>
     <w:rsid w:val="00B0214B"/>
     <w:rsid w:val="00B028D7"/>
     <w:rsid w:val="00B054FE"/>
     <w:rsid w:val="00B1255B"/>
     <w:rsid w:val="00B125EB"/>
     <w:rsid w:val="00B177E3"/>
     <w:rsid w:val="00B215AA"/>
     <w:rsid w:val="00B22A7F"/>
     <w:rsid w:val="00B22F6E"/>
     <w:rsid w:val="00B251D3"/>
     <w:rsid w:val="00B27E63"/>
     <w:rsid w:val="00B32640"/>
     <w:rsid w:val="00B34D69"/>
     <w:rsid w:val="00B36026"/>
     <w:rsid w:val="00B4006F"/>
     <w:rsid w:val="00B42D81"/>
@@ -8866,50 +8702,51 @@
     <w:rsid w:val="00D47C16"/>
     <w:rsid w:val="00D51AFC"/>
     <w:rsid w:val="00D543D0"/>
     <w:rsid w:val="00D63A52"/>
     <w:rsid w:val="00D65200"/>
     <w:rsid w:val="00D6659C"/>
     <w:rsid w:val="00D667AC"/>
     <w:rsid w:val="00D66F33"/>
     <w:rsid w:val="00D74761"/>
     <w:rsid w:val="00D776CA"/>
     <w:rsid w:val="00D8292F"/>
     <w:rsid w:val="00D850C0"/>
     <w:rsid w:val="00D86D83"/>
     <w:rsid w:val="00D91408"/>
     <w:rsid w:val="00D92C03"/>
     <w:rsid w:val="00D93703"/>
     <w:rsid w:val="00D96826"/>
     <w:rsid w:val="00DA2C91"/>
     <w:rsid w:val="00DA346F"/>
     <w:rsid w:val="00DA633E"/>
     <w:rsid w:val="00DB140D"/>
     <w:rsid w:val="00DB1812"/>
     <w:rsid w:val="00DB1A3F"/>
     <w:rsid w:val="00DB2702"/>
     <w:rsid w:val="00DB31F8"/>
+    <w:rsid w:val="00DB672C"/>
     <w:rsid w:val="00DB72F8"/>
     <w:rsid w:val="00DC11DB"/>
     <w:rsid w:val="00DC2EE9"/>
     <w:rsid w:val="00DC3662"/>
     <w:rsid w:val="00DD0285"/>
     <w:rsid w:val="00DD1690"/>
     <w:rsid w:val="00DD2241"/>
     <w:rsid w:val="00DD6F2D"/>
     <w:rsid w:val="00DD7161"/>
     <w:rsid w:val="00DD73C2"/>
     <w:rsid w:val="00DD7E5A"/>
     <w:rsid w:val="00DE53CA"/>
     <w:rsid w:val="00DE69D0"/>
     <w:rsid w:val="00DE761C"/>
     <w:rsid w:val="00DF146A"/>
     <w:rsid w:val="00DF15C1"/>
     <w:rsid w:val="00DF2A3F"/>
     <w:rsid w:val="00DF3293"/>
     <w:rsid w:val="00DF3C39"/>
     <w:rsid w:val="00DF4E9C"/>
     <w:rsid w:val="00DF5714"/>
     <w:rsid w:val="00DF5DD2"/>
     <w:rsid w:val="00E00A12"/>
     <w:rsid w:val="00E06FF2"/>
     <w:rsid w:val="00E0736E"/>
@@ -9012,50 +8849,51 @@
     <w:rsid w:val="00F71388"/>
     <w:rsid w:val="00F73845"/>
     <w:rsid w:val="00F739A6"/>
     <w:rsid w:val="00F746A2"/>
     <w:rsid w:val="00F74D06"/>
     <w:rsid w:val="00F76D1B"/>
     <w:rsid w:val="00F778AA"/>
     <w:rsid w:val="00F81A31"/>
     <w:rsid w:val="00F83437"/>
     <w:rsid w:val="00F85838"/>
     <w:rsid w:val="00F87AEF"/>
     <w:rsid w:val="00F907DC"/>
     <w:rsid w:val="00F91F97"/>
     <w:rsid w:val="00F92C68"/>
     <w:rsid w:val="00F9673B"/>
     <w:rsid w:val="00FA3538"/>
     <w:rsid w:val="00FA4AA2"/>
     <w:rsid w:val="00FA5C08"/>
     <w:rsid w:val="00FB564D"/>
     <w:rsid w:val="00FB5D37"/>
     <w:rsid w:val="00FB7306"/>
     <w:rsid w:val="00FC1DE9"/>
     <w:rsid w:val="00FC20D7"/>
     <w:rsid w:val="00FC20EA"/>
     <w:rsid w:val="00FC44C7"/>
+    <w:rsid w:val="00FC4531"/>
     <w:rsid w:val="00FC48A9"/>
     <w:rsid w:val="00FC50E0"/>
     <w:rsid w:val="00FC5F0F"/>
     <w:rsid w:val="00FC7EBD"/>
     <w:rsid w:val="00FD44F2"/>
     <w:rsid w:val="00FD6B9A"/>
     <w:rsid w:val="00FD6FF8"/>
     <w:rsid w:val="00FE0424"/>
     <w:rsid w:val="00FE0D11"/>
     <w:rsid w:val="00FE281B"/>
     <w:rsid w:val="00FE781B"/>
     <w:rsid w:val="00FF15D4"/>
     <w:rsid w:val="00FF1E43"/>
     <w:rsid w:val="00FF2780"/>
     <w:rsid w:val="00FF376A"/>
     <w:rsid w:val="00FF46C3"/>
     <w:rsid w:val="00FF6A55"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -9673,51 +9511,51 @@
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ac">
     <w:name w:val="Заголовок Знак"/>
     <w:link w:val="ab"/>
     <w:rsid w:val="00F91F97"/>
     <w:rPr>
       <w:b/>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9964,66 +9802,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>286</Words>
-  <Characters>1631</Characters>
+  <Words>316</Words>
+  <Characters>1803</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ARGO</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1914</CharactersWithSpaces>
+  <CharactersWithSpaces>2115</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>anvar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>